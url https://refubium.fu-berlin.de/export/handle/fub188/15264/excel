--- v0 (2025-10-23)
+++ v1 (2026-01-12)
@@ -86,51 +86,51 @@
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>8eb2e7cf-8686-4b33-9571-5ef10270d522</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Tuan Ngoc Minh Nguyen;||Hotzel, Helmut||Njeru, John||Mwituria, Joyce||El-Adawy, Hosny||Tomaso, Herbert||Neubauer, Heinrich||Hafez, Hafez M.</t>
+    <t>Tuan Ngoc Minh Nguyen;||Hotzel, Helmut||Njeru, John||Mwituria, Joyce||El-Adawy, Hosny||Tomaso, Herbert||Neubauer, Heinrich||Hafez, Hafez Mohamed</t>
   </si>
   <si>
     <t>2018-06-08T03:28:30Z</t>
   </si>
   <si>
     <t>2016-10-18T08:54:50.345Z</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>Background Thermophilic Campylobacter species are a major cause of bacterial
 foodborne diarrhoea in humans worldwide. Poultry and their products are the
 predominant source for human campylobacteriosis. Resistance of Campylobacter
 to antibiotics is increasing worldwide, but little is known about the
 antibiotic resistance in Campylobacter isolated from chicken in Kenya. In this
 study, 35 suspected Campylobacter strains isolated from faeces and cloacal
 swabs of chicken were tested for their susceptibility to seven antibiotics
 using a broth microdilution assay and molecular biological investigations.
 Results Overall, DNA of thermophilic Campylobacter was identified in 53
 samples by PCR (34 C. jejuni, 18 C. coli and one mix of both species) but only
 35 Campylobacter isolates (31 C. jejuni and 4 C. coli) could be re-cultivated
 after transportation to Germany. Isolates were tested for their susceptibility
 to antibiotics using a broth microdilution assay. Additionally, molecular
 biological detection of antibiotic resistance genes was carried out. C. jejuni