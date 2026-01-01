--- v0 (2025-10-16)
+++ v1 (2026-01-01)
@@ -83,51 +83,51 @@
   <si>
     <t>dcterms.bibliographicCitation.doi</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>1bb22a4a-d0bc-4924-ba8b-e5a644b5dbea</t>
   </si>
   <si>
     <t>fub188/16||fub188/15</t>
   </si>
   <si>
-    <t>Schulze, L.||Domes, G.||Köppen, D.||Herpertz, S. C.</t>
+    <t>Schulze, L.||Domes, G.||Köppen, D.||Herpertz, Sabine C.</t>
   </si>
   <si>
     <t>2018-06-08T03:27:45Z</t>
   </si>
   <si>
     <t>2015-07-13T13:08:00.049Z</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>Background: Borderline personality disorder (BPD) is commonly proposed to be
 characterized by an enhanced sensitivity for emotional stimuli. In the present
 study, we investigated whether BPD patients show a superior detection of
 emotional facial expressions relative to healthy controls. The detection of
 emotional information in the environment represents an important facet of
 emotional sensitivity. Sampling and Methods: Twenty patients with BPD were
 compared with 25 healthy controls. The participants were presented a rapid,
 continuous stream of neutral and randomly inserted emotional facial
 expressions and were asked to report the presentation of an emotional facial
 stimulus after each trial. Availability of cognitive resources was manipulated
 via two different task demands. Results: The participants with BPD performed
 significantly better in the detection of positive and negative facial
 expressions compared to the healthy controls. False alarm rates did not differ
 significantly between the two groups. Conclusions: The BPD participants showed