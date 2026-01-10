--- v0 (2025-10-16)
+++ v1 (2026-01-10)
@@ -89,51 +89,51 @@
   <si>
     <t>dcterms.isPartOf.issn</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>57a4b7cd-8f7a-4d36-9ccd-b056783622e8</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Basset, J.||Kasumov, A.Yu.||Moca, C.P.||Zaránd, Gergely||Simon, P.||Bouchiat, H.||Deblock, R.</t>
+    <t>Basset, J.||Kasumov, A. Yu.||Moca, C. P.||Zaránd, Gergely||Simon, P.||Bouchiat, H.||Deblock, R.</t>
   </si>
   <si>
     <t>2018-06-08T03:27:29Z</t>
   </si>
   <si>
     <t>2014-03-03</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>The current emission noise of a carbon nanotube quantum dot in the Kondo
 regime is measured at frequencies ν of the order or higher than the frequency
 associated with the Kondo effect kBTK/h, with TK the Kondo temperature. The
 carbon nanotube is coupled via an on-chip resonant circuit to a quantum noise
 detector, a superconductor-insulator-superconductor junction. We find for
 hν≈kBTK a Kondo effect related singularity at a voltage bias eV≈hν, and a
 strong reduction of this singularity for hν≈3kBTK, in good agreement with
 theory. Our experiment constitutes a new original tool for the investigation
 of the nonequilibrium dynamics of many-body phenomena in nanoscale devices.</t>
   </si>
   <si>
     <t>5 S.</t>
   </si>
   <si>
@@ -152,51 +152,51 @@
     <t>500 Naturwissenschaften und Mathematik::530 Physik</t>
   </si>
   <si>
     <t>Measurement of Quantum Noise in a Carbon Nanotube Quantum Dot in the Kondo
 Regime</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>Physical Review Letters. - 108 (2012), 4, Artikel Nr. 046802 /1-5</t>
   </si>
   <si>
     <t>10.1103/PhysRevLett.108.046802</t>
   </si>
   <si>
     <t>http://link.aps.org/doi/10.1103/PhysRevLett.108.046802</t>
   </si>
   <si>
     <t>0031-9007</t>
   </si>
   <si>
-    <t>Institut für Theoretische Physik:::9b3f150d-3d53-491f-8fad-e2dc9be7d978:::600</t>
+    <t>Institut für Theoretische Physik:::9b3f150d-3d53-491f-8fad-e2dc9be7d978:::0</t>
   </si>
   <si>
     <t>Physik</t>
   </si>
   <si>
     <t>FUDOCS_derivate_000000003118</t>
   </si>
   <si>
     <t>FUDOCS_document_000000019743</t>
   </si>
   <si>
     <t>no</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>