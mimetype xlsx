--- v0 (2025-10-17)
+++ v1 (2026-01-07)
@@ -83,63 +83,63 @@
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>64f2c237-29d8-4bac-b9aa-b1acdacec5ed</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Irrgang, C.||Saynisch, J.||Thomas, M.</t>
+    <t>Irrgang, Christopher||Saynisch, J.||Thomas, M.</t>
   </si>
   <si>
     <t>2018-06-08T03:27:28Z</t>
   </si>
   <si>
     <t>2016-03-22T12:24:58.218Z</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
-    <t>Abstract. Carrying high concentrations of dissolved salt, ocean water is a
+    <t>Carrying high concentrations of dissolved salt, ocean water is a
 good electrical conductor. As seawater flows through the Earth's ambient
 geomagnetic field, electric fields are generated, which in turn induce
 secondary magnetic fields. In current models for ocean-induced magnetic
 fields, a realistic consideration of seawater conductivity is often neglected
 and the effect on the variability of the ocean-induced magnetic field unknown.
 To model magnetic fields that are induced by non-tidal global ocean currents,
 an electromagnetic induction model is implemented into the Ocean Model for
 Circulation and Tides (OMCT). This provides the opportunity to not only model
 ocean-induced magnetic signals but also to assess the impact of oceanographic
 phenomena on the induction process. In this paper, the sensitivity of the
 induction process due to spatial and temporal variations in seawater
 conductivity is investigated. It is shown that assuming an ocean-wide uniform
 conductivity is insufficient to accurately capture the temporal variability of
 the magnetic signal. Using instead a realistic global seawater conductivity
 distribution increases the temporal variability of the magnetic field up to 45
 %. Especially vertical gradients in seawater conductivity prove to be a key
 factor for the variability of the ocean-induced magnetic field. However,
 temporal variations of seawater conductivity only marginally affect the
 magnetic signal.</t>
   </si>
   <si>
     <t>8 S.</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/15210||http://dx.doi.org/10.17169/refubium-19398</t>