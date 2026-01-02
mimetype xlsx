--- v0 (2025-10-03)
+++ v1 (2026-01-02)
@@ -92,51 +92,51 @@
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>3c090583-9e57-405f-a5ac-bf56bb4492bd</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Haracz, S.||Grzeszkowiak, M.||Hilgendorff, Michael||Rybka, J. D.||Giersig, Michael</t>
+    <t>Haracz, S.||Hilgendorff, Michael||Rybka, J. D.||Giersig, Michael</t>
   </si>
   <si>
     <t>2018-06-08T03:26:31Z</t>
   </si>
   <si>
     <t>2016-03-15T10:28:24.033Z</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>For different medical applications nanoparticles (NPs) with well-defined
 magnetic properties have to be used. Coating ligand can change the magnetic
 moment on the surface of nanostructures and therefore the magnetic behavior of
 the system. Here we investigated magnetic NPs in a size of 13 nm conjugated
 with four different kinds of surfactants. The surface anisotropy and the
 magnetic moment of the system were changed due to the presence of the
 surfactant on the surface of iron oxide NPs.</t>
   </si>
   <si>
     <t>32 S.</t>
   </si>
   <si>
     <t>49546</t>
   </si>
@@ -153,51 +153,51 @@
     <t>500 Naturwissenschaften und Mathematik::530 Physik</t>
   </si>
   <si>
     <t>Effect of surfactant for magnetic properties of iron oxide nanoparticles</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>Nuclear Instruments and Methods in Physics Research Section B: Beam
 Interactions with Materials and Atoms. - 364 (2015), S.120-126</t>
   </si>
   <si>
     <t>10.1016/j.nimb.2015.08.035</t>
   </si>
   <si>
     <t>http://dx.doi.org/10.1016/j.nimb.2015.08.035</t>
   </si>
   <si>
     <t>0168583X</t>
   </si>
   <si>
-    <t>Institut für Experimentalphysik:::0e15dd66-95f1-40d5-8307-e68203f86a76:::600</t>
+    <t>Institut für Experimentalphysik:::0e15dd66-95f1-40d5-8307-e68203f86a76:::0</t>
   </si>
   <si>
     <t>Physik</t>
   </si>
   <si>
     <t>FUDOCS_derivate_000000006103</t>
   </si>
   <si>
     <t>FUDOCS_document_000000024152</t>
   </si>
   <si>
     <t>Bei der pdf-Datei handelt es sich um eine Manuskriptversion des Artikels.</t>
   </si>
   <si>
     <t>no</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>