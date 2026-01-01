--- v0 (2025-10-03)
+++ v1 (2026-01-01)
@@ -14,195 +14,195 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="52">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>collection</t>
   </si>
   <si>
-    <t>dc.contributor.author[]</t>
-[...8 lines deleted...]
-    <t>dc.date.issued[]</t>
+    <t>dc.contributor.author</t>
+  </si>
+  <si>
+    <t>dc.date.accessioned</t>
+  </si>
+  <si>
+    <t>dc.date.available</t>
+  </si>
+  <si>
+    <t>dc.date.issued</t>
   </si>
   <si>
     <t>dc.description.abstract[en]</t>
   </si>
   <si>
-    <t>dc.format.extent[]</t>
+    <t>dc.format.extent</t>
   </si>
   <si>
     <t>dc.identifier.uri</t>
   </si>
   <si>
-    <t>dc.identifier.uri[]</t>
-[...17 lines deleted...]
-    <t>dc.type[]</t>
+    <t>dc.language</t>
+  </si>
+  <si>
+    <t>dc.rights.uri</t>
+  </si>
+  <si>
+    <t>dc.subject</t>
+  </si>
+  <si>
+    <t>dc.subject.ddc</t>
+  </si>
+  <si>
+    <t>dc.title</t>
+  </si>
+  <si>
+    <t>dc.type</t>
   </si>
   <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
-    <t>dcterms.bibliographicCitation.doi[]</t>
-[...8 lines deleted...]
-    <t>refubium.affiliation.other[]</t>
+    <t>dcterms.bibliographicCitation</t>
+  </si>
+  <si>
+    <t>dcterms.bibliographicCitation.doi</t>
+  </si>
+  <si>
+    <t>dcterms.bibliographicCitation.url</t>
+  </si>
+  <si>
+    <t>dcterms.isPartOf.issn</t>
+  </si>
+  <si>
+    <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
-    <t>refubium.mycore.derivateId[]</t>
-[...8 lines deleted...]
-    <t>refubium.resourceType.isindependentpub[]</t>
+    <t>refubium.mycore.derivateId</t>
+  </si>
+  <si>
+    <t>refubium.mycore.fudocsId</t>
+  </si>
+  <si>
+    <t>refubium.note.author</t>
+  </si>
+  <si>
+    <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>d15ba206-cb61-4ef5-a6f0-247ca302ab69</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Orquera, Stefanie||Gölz, Greta||Hertwig, Stefan||Hammerl, Jens||Sparborth, Doreen||Joldic, Alma||Alter, Thomas</t>
+    <t>Orquera, Stefanie||Gölz, Greta||Hertwig, Stefan||Hammerl, Jens Andre||Sparborth, Doreen||Joldic, Alma||Alter, Thomas</t>
   </si>
   <si>
     <t>2018-06-08T03:25:47Z</t>
   </si>
   <si>
     <t>2015-06-09T11:42:14.680Z</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>The efficacy of the Campylobacter (C.) phages NCTC12684 (group II) and CP81
 (group III) and of the Yersinia (Y.) phage PY100 to reduce the numbers of
 Campylobacter and Y. enterocolitica in meat at 4(o)C applying different
 Multiplicities of Infection (MOIs) was analyzed. Initial experiments were
 carried out in broth at 4(o)C and 37(o)C to compare cell number reductions
 under chilling and optimized growth conditions, respectively. The results
 showed a 1 log(10) unit reduction of Campylobacter cell numbers at 37(o)C in
 broth. However, no reduction was observed in broth and meat at 4(o)C. In
 contrast, Y. enterocolitica cell numbers were reduced in broth at 4(o)C (up to
 3 log(10) units after 24hr) and 37(o)C (5 log(10) units after 1.5hr) and also
 in meat at 4(o)C (2 log(10) units after 48hr). The highest cell number
 reductions were obtained at the highest MOIs.</t>
   </si>
   <si>
     <t>5 S.</t>
   </si>
   <si>
-    <t>http://dx.doi.org/10.17169/refubium-19353</t>
-[...2 lines deleted...]
-    <t>https://refubium.fu-berlin.de/handle/fub188/15165</t>
+    <t>https://refubium.fu-berlin.de/handle/fub188/15165||http://dx.doi.org/10.17169/refubium-19353</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>http://creativecommons.org/licenses/by-nc/2.5/</t>
   </si>
   <si>
+    <t>Campylobacter||Yersinia||bacteriophage||food safety||biocontrol</t>
+  </si>
+  <si>
     <t>600 Technik, Medizin, angewandte Wissenschaften::630 Landwirtschaft</t>
-  </si>
-[...1 lines deleted...]
-    <t>Campylobacter||Yersinia||bacteriophage||food safety||biocontrol</t>
   </si>
   <si>
     <t>Control of Campylobacter spp. and Yersinia enterocolitica by virulent
 bacteriophages</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
+    <t>Journal of Molecular and Genetic Medicine, - 6 (2012), S. 273-278</t>
+  </si>
+  <si>
     <t>10.4172/1747-0862.1000049</t>
   </si>
   <si>
-    <t>http://omicsonline.com/open-access/control-of-campylobacter-spp-and-yersinia-enterocolitica-by-virulent-bacteriophages-1747-0862.1000049.php?aid=12653</t>
-[...5 lines deleted...]
-    <t>Institut für Lebensmittelsicherheit und -hygiene:::34b7d9d5-e43f-4a77-be2e-68f4a531043b:::600</t>
+    <t>https://www.hilarispublisher.com/archive/jmgm-volume-6-issue-1-year-2012.html</t>
+  </si>
+  <si>
+    <t>1747-0862</t>
+  </si>
+  <si>
+    <t>Institut für Lebensmittelsicherheit und -hygiene:::34b7d9d5-e43f-4a77-be2e-68f4a531043b:::0</t>
   </si>
   <si>
     <t>Veterinärmedizin</t>
   </si>
   <si>
     <t>FUDOCS_derivate_000000005015</t>
   </si>
   <si>
     <t>FUDOCS_document_000000022574</t>
   </si>
   <si>
     <t>Der Artikel wurde in einer Open-Access-Zeitschrift publiziert.</t>
   </si>
   <si>
     <t>no</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>