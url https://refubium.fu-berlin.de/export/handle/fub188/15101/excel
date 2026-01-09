--- v0 (2025-10-28)
+++ v1 (2026-01-09)
@@ -92,51 +92,51 @@
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>658cd638-712f-49c2-bfad-148805517206</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Sigrist, Brigitte||Tobler, Kurt||Schybli, Martina||Konrad, Leonie||Stöckli, René||Cattoli, Giovanni||Lüschow, Dörte||Hafez Ahmed, Hafez Mohamed||Britton, Paul||Hoop, Richard K.||Vögtlin, Andrea</t>
+    <t>Sigrist, Brigitte||Tobler, Kurt||Schybli, Martina||Konrad, Leonie||Stöckli, René||Cattoli, Giovanni||Lüschow, Dörte||Hafez, Hafez Mohamed||Britton, Paul||Hoop, Richard K.||Vögtlin, Andrea</t>
   </si>
   <si>
     <t>2018-06-08T03:24:19Z</t>
   </si>
   <si>
     <t>2014-05-08T10:00:35.750Z</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>Infectious bronchitis, a disease of chickens caused by Avian coronavirus
 infectious bronchitis virus (IBV), leads to severe economic losses for the
 poultry industry worldwide. Various attempts to control the virus based on
 vaccination strategies are performed. However, due to the emergence of novel
 genotypes, an effective control of the virus is hindered. In 1996, a novel
 viral genotype named IBV-QX was reported for the first time in Qingdao,
 Shandong province, China. The first appearance of an IBV-QX isolate in Europe
 was reported between 2003 and 2004 in The Netherlands. Subsequently,
 infections with this genotype were found in several other European countries
 such as France, Italy, Germany, United Kingdom, Slovenia, and Sweden. The
 present report describes the use of a new set of degenerate primers that
 amplify a 636-bp fragment within the S1 gene by reverse transcription
 polymerase chain reaction to detect the occurrence of IBV-QX infection in
 Switzerland.</t>
@@ -160,51 +160,51 @@
     <t>600 Technik, Medizin, angewandte Wissenschaften::630 Landwirtschaft</t>
   </si>
   <si>
     <t>Detection of Avian coronavirus infectious bronchitis virus type QX infection
 in Switzerland</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>Journal of Veterinary Diagnostic Investigation. - 24 (2012), 6, S. 1180-1183</t>
   </si>
   <si>
     <t>10.1177/1040638712463692</t>
   </si>
   <si>
     <t>http://dx.doi.org/10.1177/1040638712463692</t>
   </si>
   <si>
     <t>1040-6387</t>
   </si>
   <si>
-    <t>Institut für Geflügelkrankheiten:::05cef32d-8dbc-4fdc-a48f-8f8c22ffe46f:::600</t>
+    <t>Institut für Geflügelkrankheiten:::05cef32d-8dbc-4fdc-a48f-8f8c22ffe46f:::0</t>
   </si>
   <si>
     <t>Veterinärmedizin</t>
   </si>
   <si>
     <t>FUDOCS_derivate_000000003540</t>
   </si>
   <si>
     <t>FUDOCS_document_000000020298</t>
   </si>
   <si>
     <t>nur Verlags-PDF darf archiviert werden:
 http://www.sherpa.ac.uk/romeo/issn/1040-6387/</t>
   </si>
   <si>
     <t>no</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>