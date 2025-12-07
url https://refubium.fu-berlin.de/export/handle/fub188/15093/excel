--- v0 (2025-10-03)
+++ v1 (2025-12-07)
@@ -83,51 +83,51 @@
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>60ab3b49-6153-4c72-ab9f-3e349fadd579</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Stróżecka. A.||Eiguren, A.||Bianchi, M.||Guan, D.||Voetmann, C. H.||Bao, S.||Hofmann, Ph.||Pascual, J. I.</t>
+    <t>Stróżecka. A.||Eiguren, A.||Bianchi, M.||Guan, D.||Voetmann, C. H.||Bao, S.||Hofmann, Philip||Pascual, J. I.</t>
   </si>
   <si>
     <t>2018-06-08T03:24:00Z</t>
   </si>
   <si>
     <t>2015-02-17T08:46:10.518Z</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>The surfaces of antimony are characterized by the presence of spin-split
 states within the projected bulk band gap and the Fermi contour is thus
 expected to exhibit a spin texture. Using spin-resolved density functional
 theory calculations, we determine the spin polarization of the surface bands
 of Sb(110). The existence of the unconventional spin texture is corroborated
 by the investigations of the electron scattering on this surface. The charge
 interference patterns formed around single scattering impurities, imaged by
 scanning tunneling microscopy, reveal the absence of direct backscattering
 signal. We identify the allowed scattering vectors and analyze their bias
 evolution in relation to the surface-state dispersion.</t>
   </si>
   <si>
     <t>9 S.</t>
   </si>
@@ -140,51 +140,51 @@
   <si>
     <t>http://creativecommons.org/licenses/by-nc-sa/3.0/</t>
   </si>
   <si>
     <t>500 Naturwissenschaften und Mathematik::530 Physik</t>
   </si>
   <si>
     <t>Unconventional spin texture of a topologically nontrivial semimetal Sb(110)</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>New Journal of Physics. - 14 (2012), 10, Artikel Nr. 103026</t>
   </si>
   <si>
     <t>10.1088/1367-2630/14/10/103026</t>
   </si>
   <si>
     <t>http://iopscience.iop.org/1367-2630/14/10/103026/</t>
   </si>
   <si>
-    <t>Institut für Experimentalphysik:::0e15dd66-95f1-40d5-8307-e68203f86a76:::600</t>
+    <t>Institut für Experimentalphysik:::0e15dd66-95f1-40d5-8307-e68203f86a76:::0</t>
   </si>
   <si>
     <t>Physik</t>
   </si>
   <si>
     <t>FUDOCS_derivate_000000004543</t>
   </si>
   <si>
     <t>FUDOCS_document_000000021851</t>
   </si>
   <si>
     <t>no</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>