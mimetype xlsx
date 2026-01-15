--- v0 (2025-11-02)
+++ v1 (2026-01-15)
@@ -95,51 +95,51 @@
   <si>
     <t>refubium.funding</t>
   </si>
   <si>
     <t>refubium.funding.projectId</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>4e0ea00a-2400-47e3-b308-f8ebe9c1bacc</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Kuhlmann, Michael||Hofmann, Markus, J.||Briesemeister, Benny B.||Jacobs, Arthur M.</t>
+    <t>Kuhlmann, Michael||Hofmann, Markus J.||Briesemeister, Benny B.||Jacobs, Arthur M.</t>
   </si>
   <si>
     <t>2018-06-08T03:22:35Z</t>
   </si>
   <si>
     <t>2016-11-03T11:56:18.723Z</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>Single words have affective and aesthetic properties that influence their
 processing. Here we investigated the processing of a special case of word
 stimuli that are extremely difficult to evaluate, bivalent noun-noun-compounds
 (NNCs), i.e. novel words that mix a positive and negative noun, e.g.
 ‘Bombensex’ (bomb-sex). In a functional magnetic resonance imaging (fMRI)
 experiment we compared their processing with easier-to-evaluate non-bivalent
 NNCs in a valence decision task (VDT). Bivalent NNCs produced longer reaction
 times and elicited greater activation in the left inferior frontal gyrus
 (LIFG) than non-bivalent words, especially in contrast to words of negative
 valence. We attribute this effect to a LIFG-grounded process of semantic
 integration that requires greater effort for processing converse information,
 supporting the notion of a valence representation based on associations in
 semantic networks.</t>
   </si>