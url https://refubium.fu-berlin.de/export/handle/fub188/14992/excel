--- v0 (2025-10-23)
+++ v1 (2025-12-24)
@@ -6,214 +6,208 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="52">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>collection</t>
   </si>
   <si>
-    <t>dc.contributor.author[]</t>
-[...8 lines deleted...]
-    <t>dc.date.issued[]</t>
+    <t>dc.contributor.author</t>
+  </si>
+  <si>
+    <t>dc.date.accessioned</t>
+  </si>
+  <si>
+    <t>dc.date.available</t>
+  </si>
+  <si>
+    <t>dc.date.issued</t>
   </si>
   <si>
     <t>dc.description.abstract[de]</t>
   </si>
   <si>
-    <t>dc.format.extent[]</t>
+    <t>dc.format.extent</t>
   </si>
   <si>
     <t>dc.identifier.uri</t>
   </si>
   <si>
-    <t>dc.identifier.uri[]</t>
-[...17 lines deleted...]
-    <t>dc.type[]</t>
+    <t>dc.language</t>
+  </si>
+  <si>
+    <t>dc.rights.uri</t>
+  </si>
+  <si>
+    <t>dc.subject</t>
+  </si>
+  <si>
+    <t>dc.subject.ddc</t>
+  </si>
+  <si>
+    <t>dc.title</t>
+  </si>
+  <si>
+    <t>dc.type</t>
   </si>
   <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
-    <t>dcterms.bibliographicCitation.doi[]</t>
-[...8 lines deleted...]
-    <t>refubium.affiliation.other[]</t>
+    <t>dcterms.bibliographicCitation</t>
+  </si>
+  <si>
+    <t>dcterms.bibliographicCitation.doi</t>
+  </si>
+  <si>
+    <t>dcterms.bibliographicCitation.url</t>
+  </si>
+  <si>
+    <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
-    <t>refubium.funding[]</t>
-[...11 lines deleted...]
-    <t>refubium.resourceType.isindependentpub[]</t>
+    <t>refubium.funding</t>
+  </si>
+  <si>
+    <t>refubium.mycore.derivateId</t>
+  </si>
+  <si>
+    <t>refubium.mycore.fudocsId</t>
+  </si>
+  <si>
+    <t>refubium.note.author</t>
+  </si>
+  <si>
+    <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>1901c453-5d41-4305-9184-39a79c65af30</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Korn, C. W.||Fan, Y.||Zhang, K.||Wang, C.||Han, S.||Heekeren, H. R.</t>
+    <t>Korn, Christoph W.||Fan, Yan||Zhang, Kai||Wang, Chenbo||Han, Shihui||Heekeren, Hauke R.</t>
   </si>
   <si>
     <t>2018-06-08T03:21:14Z</t>
   </si>
   <si>
     <t>2014-06-27T20:50:55.327Z</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>Cultural differences are generally explained by how people see themselves in
 relation to social interaction partners. While Western culture emphasizes
 independence, East Asian culture emphasizes interdependence. Despite this
 focus on social interactions, it remains elusive how people from different
 cultures process feedback on their own (and on others') character traits.
 Here, participants of either German or Chinese origin engaged in a face-to-
 face interaction. Consequently, they updated their self- and other-ratings of
 80 character traits (e.g., polite, pedantic) after receiving feedback from
 their interaction partners. To exclude potential confounds, we obtained data
 from German and Chinese participants in Berlin [functional magnetic resonance
 imaging (fMRI)] and in Beijing (behavior). We tested cultural influences on
 social conformity, positivity biases, and self-related neural activity. First,
 Chinese conformed more to social feedback than Germans (i.e., Chinese updated
 their trait ratings more). Second, regardless of culture, participants
 processed self- and other-related feedback in a positively biased way (i.e.,
 they updated more toward desirable than toward undesirable feedback). Third,
 changes in self-related medial prefrontal cortex activity were greater in
 Germans than in Chinese during feedback processing. By investigating
 conformity, positivity biases, and self-related activity in relation to
 feedback obtained in a real-life interaction, we provide an essential step
 toward a unifying framework for understanding the diversity of human culture.</t>
   </si>
   <si>
     <t>18 S.</t>
   </si>
   <si>
-    <t>http://dx.doi.org/10.17169/refubium-19180</t>
-[...2 lines deleted...]
-    <t>https://refubium.fu-berlin.de/handle/fub188/14992</t>
+    <t>https://refubium.fu-berlin.de/handle/fub188/14992||http://dx.doi.org/10.17169/refubium-19180</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>http://creativecommons.org/licenses/by/3.0/</t>
   </si>
   <si>
+    <t>neuroscience||processing||influences||character traits||social interaction fMRI, prefrontal cortex, social feedback, China, Germany</t>
+  </si>
+  <si>
     <t>100 Philosophie und Psychologie::150 Psychologie</t>
   </si>
   <si>
-    <t>neuroscience||processing||influences||character traits||social interaction fMRI, prefrontal cortex, social feedback, China, Germany</t>
-[...1 lines deleted...]
-  <si>
     <t>Cultural influences on social feedback processing of character traits</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
+    <t>Frontiers in Human Neuroscience, 04 April 2014</t>
+  </si>
+  <si>
     <t>10.3389/fnhum.2014.00192</t>
   </si>
   <si>
     <t>http://journal.frontiersin.org/Journal/10.3389/fnhum.2014.00192/full</t>
   </si>
   <si>
-    <t>Frontiers in Human Neuroscience, 04 April 2014</t>
-[...2 lines deleted...]
-    <t>Arbeitsbereich Emotionspsychologie und Affektive Neurowissenschaft:::c01b371b-4458-4f42-b965-fc3b48269d03:::600</t>
+    <t>Arbeitsbereich Emotionspsychologie und Affektive Neurowissenschaft:::c01b371b-4458-4f42-b965-fc3b48269d03:::0</t>
   </si>
   <si>
     <t>Erziehungswissenschaft und Psychologie</t>
   </si>
   <si>
     <t>Deutsche Forschungsgemeinschaft (DFG)</t>
   </si>
   <si>
     <t>FUDOCS_derivate_000000003578</t>
   </si>
   <si>
     <t>FUDOCS_document_000000020358</t>
   </si>
   <si>
     <t>Gefördert durch die DFG und den Open-Access-Publikationsfonds der Freien
 Universität Berlin</t>
   </si>
   <si>
     <t>no</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
@@ -236,51 +230,51 @@
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AB2"/>
+  <dimension ref="A1:AA2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -321,129 +315,123 @@
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
       <c r="V1" t="s">
         <v>21</v>
       </c>
       <c r="W1" t="s">
         <v>22</v>
       </c>
       <c r="X1" t="s">
         <v>23</v>
       </c>
       <c r="Y1" t="s">
         <v>24</v>
       </c>
       <c r="Z1" t="s">
         <v>25</v>
       </c>
-      <c r="AA1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" t="s">
         <v>27</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
         <v>28</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D2" t="s">
         <v>29</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
         <v>30</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
         <v>31</v>
       </c>
-      <c r="F2" t="s">
+      <c r="G2" t="s">
         <v>32</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>33</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>34</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
         <v>35</v>
       </c>
-      <c r="J2" t="s">
+      <c r="K2" t="s">
         <v>36</v>
       </c>
-      <c r="K2" t="s">
+      <c r="L2" t="s">
         <v>37</v>
       </c>
-      <c r="L2" t="s">
+      <c r="M2" t="s">
         <v>38</v>
       </c>
-      <c r="M2" t="s">
+      <c r="N2" t="s">
         <v>39</v>
       </c>
-      <c r="N2" t="s">
+      <c r="O2" t="s">
         <v>40</v>
       </c>
-      <c r="O2" t="s">
+      <c r="P2" t="s">
         <v>41</v>
       </c>
-      <c r="P2" t="s">
+      <c r="Q2" t="s">
         <v>42</v>
       </c>
-      <c r="Q2" t="s">
+      <c r="R2" t="s">
         <v>43</v>
       </c>
-      <c r="R2" t="s">
+      <c r="S2" t="s">
         <v>44</v>
       </c>
-      <c r="S2" t="s">
+      <c r="T2" t="s">
         <v>45</v>
       </c>
-      <c r="T2" t="s">
+      <c r="U2" t="s">
         <v>46</v>
       </c>
-      <c r="U2" t="s">
+      <c r="V2" t="s">
         <v>47</v>
       </c>
-      <c r="V2" t="s">
+      <c r="W2" t="s">
         <v>48</v>
       </c>
-      <c r="W2" t="s">
+      <c r="X2" t="s">
         <v>49</v>
       </c>
-      <c r="X2" t="s">
+      <c r="Y2" t="s">
         <v>50</v>
       </c>
-      <c r="Y2" t="s">
+      <c r="Z2" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>