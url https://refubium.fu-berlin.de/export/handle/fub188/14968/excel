--- v0 (2025-10-18)
+++ v1 (2026-01-09)
@@ -83,51 +83,51 @@
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.funding</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>6df228d8-4a8b-4343-a801-7ee1bafe8aa2</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Petit, Y.||Henin, S.||Kasparian, J.||Wolf, J. P.||Rohwetter, P.||Stelmaszczyk, K.||Hao, Z. Q.||Nakaema, W. M.||Wöste, L.||Vogel, A.||Pohl, T.||Weber, K.</t>
+    <t>Petit, Y.||Henin, S.||Kasparian, Jérôme||Wolf, J. P.||Rohwetter, P.||Stelmaszczyk, K.||Hao, Zuo-Qiang||Nakaema, W. M.||Wöste, L.||Vogel, A.||Pohl, T.||Weber, K.</t>
   </si>
   <si>
     <t>2018-06-08T03:20:27Z</t>
   </si>
   <si>
     <t>2015-10-14T09:51:10.999Z</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>We investigate the influence of laser parameters on laser-assisted
 watercondensation in the atmosphere. Pulse energy is the most critical
 parameter. Nanoparticle generation depends linearly on energy beyond the
 filamentation threshold. Shorter pulses are more efficient than longer ones
 with saturation at ∼1.5 ps. Multifilamenting beams appear more efficient than
 strongly focused ones in triggering the condensation and growth of submicronic
 particles, while polarization has a negligible influence on the process. The
 data suggest that the initiation of laser-assisted condensation relies on the
 photodissociation of the air molecules rather than on their photoionization.</t>
   </si>
   <si>
     <t>3 S.</t>
   </si>
   <si>