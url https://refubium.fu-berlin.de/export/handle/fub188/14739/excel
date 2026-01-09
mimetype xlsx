--- v0 (2025-10-23)
+++ v1 (2026-01-09)
@@ -89,51 +89,51 @@
   <si>
     <t>dcterms.isPartOf.issn</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>849ee11a-d231-4bbf-9d7e-7edbc44203da</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>George, B. M.||Behrends, Jan||Schnegg, A.||Schulze, T. F.||Fehr, M.||Korte, L.||Rech, B.||Lips, K.||Rohrmüller, M.||Rauls, E.||Schmidt, W. G.||Gerstmann, U.</t>
+    <t>George, B. M.||Behrends, Jan||Schnegg, A.||Schulze, T. F.||Fehr, M.||Korte, Lars||Rech, B.||Lips, K.||Rohrmüller, M.||Rauls, E.||Schmidt, W. G.||Gerstmann, U.</t>
   </si>
   <si>
     <t>2018-06-08T03:13:53Z</t>
   </si>
   <si>
     <t>2014-03-25T10:03:00.808Z</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>Combining orientation dependent electrically detected magnetic resonance and g
 tensor calculations based on density functional theory we assign microscopic
 structures to paramagnetic states involved in spin-dependent recombination at
 the interface of hydrogenated amorphous silicon crystalline silicon
 (a-Si:H/c-Si) heterojunction solar cells. We find that (i) the interface
 exhibits microscopic roughness, (ii) the electronic structure of the interface
 defects is mainly determined by c-Si, (iii) we identify the microscopic origin
 of the conduction band tail state in the a-Si:H layer, and (iv) present a
 detailed recombination mechanism.</t>
   </si>
   <si>
     <t>5 S.</t>
   </si>
   <si>
@@ -151,51 +151,51 @@
   <si>
     <t>500 Naturwissenschaften und Mathematik::530 Physik</t>
   </si>
   <si>
     <t>Atomic Structure of Interface States in Silicon Heterojunction Solar Cells</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>Physical Review Letters. - 110 (2013), 13, Artikel Nr. 136803/1-5</t>
   </si>
   <si>
     <t>10.1103/PhysRevLett.110.136803</t>
   </si>
   <si>
     <t>http://dx.doi.org/10.1103/PhysRevLett.110.136803</t>
   </si>
   <si>
     <t>0031-9007</t>
   </si>
   <si>
-    <t>Institut für Experimentalphysik:::0e15dd66-95f1-40d5-8307-e68203f86a76:::600</t>
+    <t>Institut für Experimentalphysik:::0e15dd66-95f1-40d5-8307-e68203f86a76:::0</t>
   </si>
   <si>
     <t>Physik</t>
   </si>
   <si>
     <t>FUDOCS_derivate_000000003313</t>
   </si>
   <si>
     <t>FUDOCS_document_000000019962</t>
   </si>
   <si>
     <t>no</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>