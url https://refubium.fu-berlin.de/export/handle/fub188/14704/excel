--- v0 (2025-11-01)
+++ v1 (2026-01-02)
@@ -95,51 +95,51 @@
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>059b07af-5269-4aa7-a09e-bf09cdcba4e9</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Sprong, Hein||Trentelman, Jos||Seemann, Ingar||Grubhoffer, Libor||Rego, Ryan O. M.||Hajdušek, Ondřej||Kopáček, Petr||Šíma, Radek||Nijhof, Ard M.||Anguita, Juan||Winter, Peter||Rotter, Bjorn||Havlíková, Sabina||Klempa, Boris||Schetters, Theo P.||Hovius, Joppe W.R.</t>
+    <t>Sprong, Hein||Trentelman, Jos||Seemann, Ingar||Grubhoffer, Libor||Rego, Ryan O. M.||Hajdušek, Ondřej||Kopáček, Petr||Šíma, Radek||Nijhof, Ard M.||Anguita, Juan||Winter, Peter||Rotter, Bjorn||Havlíková, Sabina||Klempa, Boris||Schetters, Theo P.||Hovius, Joppe W.</t>
   </si>
   <si>
     <t>2018-06-08T03:13:25Z</t>
   </si>
   <si>
     <t>2014-11-28T09:12:19.402Z</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>Ixodes ricinus transmits bacterial, protozoal and viral pathogens, causing
 disease and forming an increasing health concern in Europe. ANTIDotE is an
 European Commission funded consortium of seven institutes, which aims to
 identify and characterize tick proteins involved in feeding and pathogen
 transmission. The knowledge gained will be used to develop and evaluate anti-
 tick vaccines that may prevent multiple human tick-borne diseases. Strategies
 encompassing anti-tick vaccines to prevent transmission of pathogens to
 humans, animals or wildlife will be developed with relevant stakeholders with
 the ultimate aim of reducing the incidence of tick-borne diseases in humans.</t>
   </si>
   <si>
     <t>5 S.</t>
   </si>
   <si>
@@ -160,51 +160,51 @@
   <si>
     <t>ANTIDotE</t>
   </si>
   <si>
     <t>anti-tick vaccines to prevent tick-borne diseases in Europe</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>Parasites &amp; Vectors. - 7 (2014), 1, S.77</t>
   </si>
   <si>
     <t>10.1186/1756-3305-7-77</t>
   </si>
   <si>
     <t>http://dx.doi.org/10.1186/1756-3305-7-77</t>
   </si>
   <si>
     <t>1756-3305</t>
   </si>
   <si>
-    <t>Institut für Parasitologie und Tropenveterinärmedizin:::2a66d747-b309-4cb6-9a31-2df4cf33dea6:::600</t>
+    <t>Institut für Parasitologie und Tropenveterinärmedizin:::2a66d747-b309-4cb6-9a31-2df4cf33dea6:::0</t>
   </si>
   <si>
     <t>Veterinärmedizin</t>
   </si>
   <si>
     <t>FUDOCS_derivate_000000004207</t>
   </si>
   <si>
     <t>FUDOCS_document_000000021369</t>
   </si>
   <si>
     <t>Der Artikel wurde in einer Open-Access-Zeitschrift publiziert.</t>
   </si>
   <si>
     <t>no</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>