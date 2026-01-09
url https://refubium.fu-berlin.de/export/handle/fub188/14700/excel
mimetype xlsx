--- v0 (2025-10-03)
+++ v1 (2026-01-09)
@@ -86,51 +86,51 @@
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>1e104123-4bd9-4ed4-b6a7-349e80e57044</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Honne, Ann-Christin||Johnston, Paul R.||Monaghan, Michael T.</t>
+    <t>Honnen, Ann-Christin||Johnston, Paul R.||Monaghan, Michael T.</t>
   </si>
   <si>
     <t>2018-06-08T03:13:02Z</t>
   </si>
   <si>
     <t>2016-02-01T12:51:27.623Z</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>Background Artificial light at night (ALAN) is a typical feature of urban
 areas and most organisms living in urban or suburban habitats are exposed to
 low levels of ALAN. Light is one of the most important environmental cues that
 organisms use to regulate their activities. Studies have begun to quantify the
 influence of ALAN on the behavior and ecology of organisms, but research on
 the effects at the molecular level remains limited. Mosquitoes in the Culex
 pipiens complex (Diptera, Culicidae) are widespread and abundant in urban
 areas where they are potential disease vectors. It is thus of particular
 interest to understand how ALAN may influence biologically and ecologically
 relevant traits. Results We used RNAseq to evaluate the transcriptome response
 in a Cx. pipiens f. molestus laboratory population that was exposed to near-
 natural light conditions (light:dark L16:D8 hours, “control”) and ALAN
 conditions with 3 h of constant low-level light at night (L16 + Llow3:D5
 hours, “low-light”). The resulting transcripts were mapped to the reference