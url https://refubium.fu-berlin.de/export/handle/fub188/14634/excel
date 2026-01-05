--- v0 (2025-10-03)
+++ v1 (2026-01-05)
@@ -86,51 +86,51 @@
   <si>
     <t>dcterms.isPartOf.issn</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>95057553-db04-4acf-87e8-d3e6da8199b0</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Heindel (geb. Krüger), Luzy||Schild, Nikola||Rehfeldt, Daniel||Nordmeier, Volkhard</t>
+    <t>Heindel, Luzy (geb. Krüger)||Schild, Nikola||Rehfeldt, Daniel||Nordmeier, Volkhard</t>
   </si>
   <si>
     <t>2018-06-08T03:10:36Z</t>
   </si>
   <si>
     <t>2016-05-13T09:32:33.397Z</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>Im Rahmen eines Projektes zur Implementierung eines mehrstufigen multimedialen
 Beratungsan-gebotes für Studieninteressierte in den Studiengängen Monobachelor
 Physik und Kombibachelor Lehramt Physik wird ein Online Self-Assessments (OSA)
 entwickelt und erprobt. Dabei soll erst-malig auch die prognostische Validität
 eines solchen Beratungsangebots überprüft werden. In die-sem Beitrag werden
 das Projektvorhaben vorgestellt, der Aufbau des geplanten Online-Tools und der
 Projektverlauf beschrieben. Schwerpunkt bildet zunächst das Vorgehen zur
 Erstellung der ein-zelnen Testbestandteile, es wird aber auch auf die Methode
 zur Überprüfung der prognostischen Validität des Online-Tools eingegangen.</t>
   </si>
   <si>
     <t>5 Seiten</t>
   </si>
   <si>
@@ -146,51 +146,51 @@
     <t>http://phydid.physik.fu-berlin.de/index.php/phydid-b/about</t>
   </si>
   <si>
     <t>500 Naturwissenschaften und Mathematik::530 Physik</t>
   </si>
   <si>
     <t>Entwicklung eines Online-Tools zur Studienfachwahl Physik/Lehramt Physik</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>PhyDid B -Didaktik der Physik - Beiträge zur DPG-Frühjahrstagung. - 2015
 (2015), S.5</t>
   </si>
   <si>
     <t>http://phydid.physik.fu-berlin.de/index.php/phydid-b/article/view/657</t>
   </si>
   <si>
     <t>2191-379X</t>
   </si>
   <si>
-    <t>Didaktik der Physik:::61d318ce-2446-4619-92aa-69a75d9a4040:::600</t>
+    <t>Didaktik der Physik:::61d318ce-2446-4619-92aa-69a75d9a4040:::0</t>
   </si>
   <si>
     <t>Physik</t>
   </si>
   <si>
     <t>FUDOCS_derivate_000000006408</t>
   </si>
   <si>
     <t>FUDOCS_document_000000024535</t>
   </si>
   <si>
     <t>no</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>