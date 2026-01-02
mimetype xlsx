--- v0 (2025-10-04)
+++ v1 (2026-01-02)
@@ -123,51 +123,51 @@
 seinem unfertigen Zustand als Online-Publikation zur Verfügung. Dabei liegt
 unser einziger Ehrgeiz darin, ein von Leserinnen und Lesern dankbar
 angenommenes Arbeitsmittel wieder nutzbar zu machen — und Unterstützung für
 die Tätigkeit der Philologia zu mobilisieren. Mit unserer Vorgehensweise
 verbinden wir die Hoffnung sowohl auf nachsichtige Kritik als auch auf
 Verbesserungsvorschläge im Sinne der Auswahlkriterien, die schon der 1.
 Auflage zugrunde lagen. Möge das moderne Medium dazu beitragen, daß das alte
 Hilfsbuch der neunziger Jahre eine Renaissance erlebt, um zusammen mit den
 Studierenden der Klassischen Philologie zu leben, zu wachsen und zu gedeihen!
 Die jetzt vorgelegte Form ermuntert jeden Benutzer, das Hilfsbuch mit seinen
 Kenntnissen zu verbessern. Machen Sie von dieser Möglichkeit bitte ausgiebig
 Gebrauch. Die Benutzer werden Ihnen ebenso dankbar sein wie wir. Ihre
 Vorschläge können Sie hier eingeben. Bereitstellung und Pflege des Online-
 Hilfsbuchs kosten die Philologia e. V Geld, Zeit und Mühe. Wenn wir Ihnen
 helfen konnten, dann helfen Sie auch uns mit einer kleinen Spende in einer
 Höhe, die Sie für angemessen halten. Pusillum pusillo si addas, fiet ingens
 acervus. Herzlichen Dank! Berlin, den 1. 1. 2005</t>
   </si>
   <si>
     <t>221 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/14589||http://dx.doi.org/10.17169/refubium-18781</t>
   </si>
   <si>
-    <t>ger||</t>
+    <t>ger</t>
   </si>
   <si>
     <t>http://www.fu-berlin.de/sites/refubium/rechtliches/Nutzungsbedingungen</t>
   </si>
   <si>
     <t>400 Sprache::480 Griechisch||400 Sprache::470 Latein, italische Sprachen</t>
   </si>
   <si>
     <t>Hilfsbuch für Studierende der griechischen und lateinischen Philologie</t>
   </si>
   <si>
     <t>Online-Ausgabe ab 2005</t>
   </si>
   <si>
     <t>Buch</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>http://www.hilfsbuch.de/</t>
   </si>
   <si>
     <t>Geschichts- und Kulturwissenschaften</t>
   </si>