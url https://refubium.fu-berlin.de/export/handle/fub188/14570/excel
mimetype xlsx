--- v0 (2025-10-17)
+++ v1 (2025-12-30)
@@ -92,51 +92,51 @@
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>e2f96e02-07a9-4773-9eec-e7f11f7ad303</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Hackstein, Holger||Kranz, Sabine||Lippitsch, Anne||Wachtendorf, Andreas||Kershaw, Olivia||Gruber, Achim Dieter||Michel, Gabriela||Lohmeyer, Jürgen||Bein, Gregor||Baal, Nelli||Herold, Susanne</t>
+    <t>Hackstein, Holger||Kranz, Sabine||Lippitsch, Anne||Wachtendorf, Andreas||Kershaw, Olivia||Gruber, Achim D.||Michel, Gabriela||Lohmeyer, Jürgen||Bein, Gregor||Baal, Nelli||Herold, Susanne</t>
   </si>
   <si>
     <t>2018-06-08T03:08:35Z</t>
   </si>
   <si>
     <t>2015-06-18T06:23:56.375Z</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>Klebsiella pneumoniae is a leading cause of severe hospital-acquired
 respiratory tract infections and death but little is known regarding the
 modulation of respiratory dendritic cell (DC) subsets. Plasmacytoid DC (pDC)
 are specialized type 1 interferon producing cells and considered to be
 classical mediators of antiviral immunity. By using multiparameter flow
 cytometry analysis we have analysed the modulation of respiratory DC subsets
 after intratracheal Klebsiella pneumonia infection. Data indicate that pDCs
 and MoDC were markedly elevated in the post acute pneumonia phase when
 compared to mock-infected controls. Analysis of draining mediastinal lymph
 nodes revealed a rapid increase of activated CD103+ DC, CD11b+ DC and MoDC
 within 48 h post infection. Lung pDC identification during bacterial pneumonia
 was confirmed by extended phenotyping for 120G8, mPDCA-1 and Siglec-H
 expression and by demonstration of high Interferon-alpha producing capacity
 after cell sorting. Cytokine expression analysis of ex vivo-sorted respiratory
@@ -173,51 +173,51 @@
     <t>600 Technik, Medizin, angewandte Wissenschaften::630 Landwirtschaft</t>
   </si>
   <si>
     <t>Modulation of respiratory dendritic cells during Klebsiella pneumonia
 infection</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>Respiratory Research. - 14 (2013), 1, Artikel Nr. 91</t>
   </si>
   <si>
     <t>10.1186/1465-9921-14-91</t>
   </si>
   <si>
     <t>http://dx.doi.org/10.1186/1465-9921-14-91</t>
   </si>
   <si>
     <t>1465-9921</t>
   </si>
   <si>
-    <t>Institut für Tierpathologie:::0b35ef93-8dc9-41e6-bb8e-ea101c500133:::600</t>
+    <t>Institut für Tierpathologie:::0b35ef93-8dc9-41e6-bb8e-ea101c500133:::0</t>
   </si>
   <si>
     <t>Veterinärmedizin</t>
   </si>
   <si>
     <t>FUDOCS_derivate_000000005087</t>
   </si>
   <si>
     <t>FUDOCS_document_000000022510</t>
   </si>
   <si>
     <t>Der Artikel wurde in einer Open-Access-Zeitschrift publiziert.</t>
   </si>
   <si>
     <t>no</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>