--- v0 (2025-11-04)
+++ v1 (2025-12-24)
@@ -92,51 +92,51 @@
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>6349514f-8568-4853-be3a-c2423f75c09e</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Trabattoni, A.||Klinker, M.||González-Vázquez, J.||Liu, C.||Sansone, G.||Linguerri, R.||Hochlaf, M.||Klei, J.||Vrakking, Marcus||Martín, F.||Nisoli, M.||Calegari, F.</t>
+    <t>Trabattoni, A.||Klinker, M.||González-Vázquez, Jesús||Liu, C.||Sansone, G.||Linguerri, R.||Hochlaf, Majdi||Klei, J.||Vrakking, Marcus||Martín, F.||Nisoli, M.||Calegari, F.</t>
   </si>
   <si>
     <t>2018-06-08T03:00:53Z</t>
   </si>
   <si>
     <t>2016-02-11T12:08:23.933Z</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>Studying the interaction of molecular nitrogen with extreme ultraviolet (XUV)
 radiation is of prime importance to understand radiation-induced processes
 occurring in Earth’s upper atmosphere. In particular, photoinduced
 dissociation dynamics involving excited states of N2+ leads to N and N+ atomic
 species that are relevant in atmospheric photochemical processes. However,
 tracking the relaxation dynamics of highly excited states of N2+ is difficult
 to achieve, and its theoretical modeling is notoriously complex. Here, we
 report on an experimental and theoretical investigation of the dissociation
 dynamics of N2+ induced by isolated attosecond XUV pulses in combination with
 few-optical-cycle near-infrared/visible (NIR/VIS) pulses. The momentum
 distribution of the produced N+ fragments is measured as a function of pump-
 probe delay with subfemtosecond resolution using a velocity map imaging
 spectrometer. The time-dependent measurements reveal the presence of NIR/VIS-
 induced transitions between N2+ states together with an interference pattern
@@ -164,51 +164,51 @@
     <t>500 Naturwissenschaften und Mathematik::530 Physik</t>
   </si>
   <si>
     <t>Mapping the Dissociative Ionization Dynamics of Molecular Nitrogen with
 Attosecond Time Resolution</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>Physical Review X. - 5 (2015), 4, Artikel Nr. 041053</t>
   </si>
   <si>
     <t>10.1103/PhysRevX.5.041053</t>
   </si>
   <si>
     <t>http://dx.doi.org/10.1103/PhysRevX.5.041053</t>
   </si>
   <si>
     <t>2160-3308</t>
   </si>
   <si>
-    <t>Institut für Experimentalphysik:::0e15dd66-95f1-40d5-8307-e68203f86a76:::600</t>
+    <t>Institut für Experimentalphysik:::0e15dd66-95f1-40d5-8307-e68203f86a76:::0</t>
   </si>
   <si>
     <t>Physik</t>
   </si>
   <si>
     <t>FUDOCS_derivate_000000005966</t>
   </si>
   <si>
     <t>FUDOCS_document_000000023873</t>
   </si>
   <si>
     <t>Der Artikel wurde in einer reinen Open-Access-Zeitschrift publiziert.</t>
   </si>
   <si>
     <t>no</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>