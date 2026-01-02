--- v0 (2025-10-03)
+++ v1 (2026-01-02)
@@ -89,51 +89,51 @@
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.funding</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>5a0082a1-18f2-43a0-8338-6931afc92efc</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Fatfouta, Ramzi||Schulreich, Stefan||Meshi, Dar||Heekeren, Hauke</t>
+    <t>Fatfouta, Ramzi||Schulreich, Stefan||Meshi, Dar||Heekeren, Hauke R.</t>
   </si>
   <si>
     <t>2018-06-08T02:57:00Z</t>
   </si>
   <si>
     <t>2015-12-10T12:47:18.492Z</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>Social distance (i.e., the degree of closeness to another person) affects the
 way humans perceive and respond to fairness during financial negotiations.
 Feeling close to someone enhances the acceptance of monetary offers. Here, we
 explored whether this effect also extends to the spatial domain. Specifically,
 using an iterated version of the Ultimatum Game in a within-subject design, we
 investigated whether different visual spatial distance-cues result in
 different rates of acceptance of otherwise identical monetary offers. Study 1
 found that participants accepted significantly more offers when they were cued
 with spatial closeness than when they were cued with spatial distance. Study 2
 replicated this effect using identical procedures but different spatial-
 distance cues in an independent sample. Importantly, our results could not be
 explained by feelings of social closeness. Our results demonstrate that mere
 perceptions of spatial closeness produce analogous–but independent–effects to
 those of social closeness.</t>