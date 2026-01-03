--- v0 (2025-10-03)
+++ v1 (2026-01-03)
@@ -6,113 +6,116 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>collection</t>
   </si>
   <si>
     <t>dc.contributor.author</t>
   </si>
   <si>
     <t>dc.date.accessioned</t>
   </si>
   <si>
     <t>dc.date.available</t>
   </si>
   <si>
     <t>dc.date.issued</t>
   </si>
   <si>
     <t>dc.description.abstract[en]</t>
   </si>
   <si>
     <t>dc.identifier.uri</t>
   </si>
   <si>
     <t>dc.rights.uri</t>
   </si>
   <si>
     <t>dc.subject.ddc</t>
   </si>
   <si>
     <t>dc.title</t>
   </si>
   <si>
+    <t>dc.type</t>
+  </si>
+  <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.doi</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>2100b622-7f25-48ff-9e1e-30ba046f55b3</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Rieger, J.||Janczyk, P.||Hünigen, H.||Neumann, K.||Plendl, J.</t>
+    <t>Rieger, Juliane||Janczyk, Pawel||Hünigen, Hana||Neumann, Konrad||Plendl, Johanna</t>
   </si>
   <si>
     <t>2018-06-08T02:55:20Z</t>
   </si>
   <si>
     <t>2015-02-27T13:59:57.979Z</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>Salmonellae are among the most widespread sources of foodborne infections and
 Salmonella Typhimurium, in particular, is correlated with human disease caused
 by the consumption of contaminated pork. Intraepithelial lymphocytes (IEL)
 have early contact with intestinal antigens and play an important role in the
 detection of pathogenic bacteria. The objective of this study was to determine
 whether a presumed probiotic Enterococcus faecium strain could improve
 histomorphological and immune system-related parameters of gut function after
 a Salmonella challenge in weaned pigs. In particular the morphological
 parameters villus length and width, crypt depth and width as well as the
 actual enlargement of the intestinal epithelial surface were calculated and
 the number of IEL was evaluated in sections of the porcine gut. Weaned piglets
 were challenged with Salmonella enterica serovar Typhimurium DT 104, and half
 of them also received Enterococcus faecium NCIMB 10415 in the diet. Animals
 were sacrificed at days post infection (DPI) 2 and 28. The effect of the
@@ -122,50 +125,53 @@
 Animals sacrificed at DPI 28 had longer and wider villi, deeper and wider
 crypts, a higher villus enlargement factor, a higher ratio between villus and
 crypt enlargement factors as well as more IEL. Probiotic treatment resulted in
 longer villi, a higher ratio of villus surface/crypt circumference enlargement
 factors and significantly more IEL. The larger total number of IEL displayed
 by the probiotic group resulted from significantly higher numbers of IEL at
 the nuclear and apical levels of the intraepithelial compartment but not from
 the number of IEL situated at the basement membrane. The probiotic effects
 were only measurable 28 DPI. It is proposed that Enterococcus faecium NCIMB
 10415 exerts an immune modulatory effect by increasing the numbers of
 intraepithelial lymphocytes.</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/14142||http://dx.doi.org/10.17169/refubium-18339</t>
   </si>
   <si>
     <t>http://creativecommons.org/licenses/by-nc-nd/4.0/</t>
   </si>
   <si>
     <t>600 Technik, Medizin, angewandte Wissenschaften::610 Medizin und Gesundheit</t>
   </si>
   <si>
     <t>Intraepithelial lymphocyte numbers and histomorphological parameters in the
 porcine gut after Enterococcus faecium NCIMB 10415 feeding in a Salmonella
 Typhimurium challenge</t>
+  </si>
+  <si>
+    <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>Veterinary Immunology and Immunopathology. - 164 (2015), 1–2, S. 40–50</t>
   </si>
   <si>
     <t>10.1016/j.vetimm.2014.12.013</t>
   </si>
   <si>
     <t>http://www.sciencedirect.com/science/article/pii/S0165242715000033</t>
   </si>
   <si>
     <t>Veterinärmedizin</t>
   </si>
   <si>
     <t>FUDOCS_derivate_000000004595</t>
   </si>
   <si>
     <t>FUDOCS_document_000000021937</t>
   </si>
 </sst>
 </file>
 
@@ -190,51 +196,51 @@
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:S2"/>
+  <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -251,99 +257,105 @@
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
       <c r="O1" t="s">
         <v>14</v>
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
+      <c r="S1" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="H2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="I2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="J2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="N2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="O2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="P2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="Q2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="R2" t="s">
-        <v>35</v>
+        <v>36</v>
+      </c>
+      <c r="S2" t="s">
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>