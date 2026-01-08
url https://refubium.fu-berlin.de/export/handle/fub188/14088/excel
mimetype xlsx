--- v0 (2025-10-18)
+++ v1 (2026-01-08)
@@ -86,51 +86,51 @@
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>3985b098-ae50-435a-9e9e-4f221e74a562</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Tuan Ngoc Minh Nguyen||Hotzel, Helmut||El-Adawy, Hosny||Hanh Thi Tran||Minh Thi Hong Le||Tomaso, Herbert||Neubauer, Heinrich||Hafez, Hafez Mohamed</t>
+    <t>Nguyen, Tuan Ngoc Minh||Hotzel, Helmut||El-Adawy, Hosny||Tran, Hanh Thi||Le, Minh Thi Hong||Tomaso, Herbert||Neubauer, Heinrich||Hafez, Hafez Mohamed</t>
   </si>
   <si>
     <t>2018-06-08T02:53:47Z</t>
   </si>
   <si>
     <t>2016-06-13T12:28:00.116Z</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>Background Campylobacter species are recognized as the most common cause of
 foodborne bacterial gastroenteritis in humans. In this study nine
 Campylobacter strains isolated from chicken meat and pork in Hanoi, Vietnam,
 were characterized using molecular methods and tested for antibiotic
 resistance. Results The nine isolates (eight C. jejuni and one C. coli) were
 identified by multiplex PCR, and tested for the presence or absence of 29 gene
 loci associated with virulence, lipooligosaccharide (LOS) biosynthesis and
 further functions. flaA typing, multilocus sequence typing and microarray
 assay investigation showed a high degree of genetic diversity among these
 isolates. In all isolates motility genes (flaA, flaB, flhA, fliM),
 colonization associated genes (cadF, docB), toxin production genes (cdtA,
 cdtB, secD, secF), and the LOS biosynthesis gene pglB were detected. Eight
 gene loci (fliY, virB11, Cje1278, Cj1434c, Cj1138, Cj1438c, Cj1440c, Cj1136)
 could not be detected by PCR. A differing presence of the gene loci ciaB (22.2