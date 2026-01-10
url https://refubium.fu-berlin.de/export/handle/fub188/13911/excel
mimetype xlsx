--- v0 (2025-10-03)
+++ v1 (2026-01-10)
@@ -101,51 +101,51 @@
   <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
     <t>dcterms.format[de]</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>3be75d15-3b3b-40c6-836a-e4f076bae1e2</t>
   </si>
   <si>
     <t>fub188/14</t>
   </si>
   <si>
-    <t>Backhaus, Sophie, geb. Hansen</t>
+    <t>Backhaus, Sophie (geb. Hansen)</t>
   </si>
   <si>
     <t>Univ.-Prof. Dr. Johanna Plendl</t>
   </si>
   <si>
     <t>Univ.-Prof. Dr. Heidrun Fink||Univ.-Prof. Dr. Achim Gruber</t>
   </si>
   <si>
     <t>w</t>
   </si>
   <si>
     <t>2009-12-10</t>
   </si>
   <si>
     <t>2018-06-08T02:01:05Z</t>
   </si>
   <si>
     <t>2010-12-13T09:45:32.317Z</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>Liposomen waren in den letzten Jahren Fokus intensiver Forschungen und haben
 sich insbesondere als Vektoren im Rahmen des Drug Targeting etabliert. Für