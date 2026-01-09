--- v0 (2025-11-08)
+++ v1 (2026-01-09)
@@ -98,51 +98,51 @@
   <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
     <t>dcterms.format[de]</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>676d0695-f45e-4a34-ad57-2738fa6d46ff</t>
   </si>
   <si>
     <t>fub188/14</t>
   </si>
   <si>
-    <t>Ruhnke, Isabelle, geb. Stahl</t>
+    <t>Ruhnke, Isabelle (geb. Stahl)</t>
   </si>
   <si>
     <t>Univ.-Prof. Dr. Barbara Kohn</t>
   </si>
   <si>
     <t>Prof. Dr. Jörg M. Steiner||Univ.-Prof. Dr. Jörg R. Aschenbach</t>
   </si>
   <si>
     <t>w</t>
   </si>
   <si>
     <t>2011-06-21</t>
   </si>
   <si>
     <t>2018-06-08T01:15:41Z</t>
   </si>
   <si>
     <t>2011-09-02T11:42:14.743Z</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>Chronic enteropathies in companion animals occur frequently. Due to a lack of
 information regarding the pathophysiology of these disorders, better