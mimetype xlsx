--- v0 (2025-10-03)
+++ v1 (2025-12-31)
@@ -98,51 +98,51 @@
   <si>
     <t>dcterms.accessRights.dnb</t>
   </si>
   <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
     <t>dcterms.format[de]</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>459fc7ed-3c1b-455e-adc4-e06ad2e6bdaa</t>
   </si>
   <si>
     <t>fub188/14</t>
   </si>
   <si>
-    <t>Ewert geb. Borowiak, Anna Maria</t>
+    <t>Ewert, Anna Maria (geb. Borowiak)</t>
   </si>
   <si>
     <t>Prof. Dr. med. vet. J. C. Eule</t>
   </si>
   <si>
     <t>PD Dr. rer. nat. C. Gabler||Univ.-Prof. Dr. med. vet. J. Zentek</t>
   </si>
   <si>
     <t>w</t>
   </si>
   <si>
     <t>2012-06-05</t>
   </si>
   <si>
     <t>2018-06-08T00:47:06Z</t>
   </si>
   <si>
     <t>2013-02-05T09:44:59.099Z</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>Alle drei Anteile des präokulären Tränenfilms sind für die Augengesundheit
 essentiell, denn sie schützen und nähren die Hornhaut und optimieren das